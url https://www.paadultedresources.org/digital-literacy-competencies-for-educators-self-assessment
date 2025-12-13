--- v0 (2025-10-11)
+++ v1 (2025-12-13)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1D7BC9EA" w14:textId="6154227C" w:rsidR="00CC24FC" w:rsidRPr="00BB30D8" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2F20">
         <w:t>Digital Literacy Competencies for Educators Self-Assessment</w:t>
       </w:r>
       <w:r w:rsidR="00BB30D8">
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="00BB30D8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="730EFAF6" wp14:editId="1A24D42B">
             <wp:extent cx="1276350" cy="482534"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="492214772" name="Picture 2" descr="PA Adult Education Resources logo"/>
@@ -69,502 +70,602 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1290428" cy="487856"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D82B3A3" w14:textId="77777777" w:rsidR="001E2F20" w:rsidRPr="001E2F20" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
+    <w:p w14:paraId="37C75CF3" w14:textId="77777777" w:rsidR="00A90BF8" w:rsidRDefault="00A90BF8" w:rsidP="001E2F20">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
-          <w:color w:val="002060"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001E2F20">
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D82B3A3" w14:textId="1EDA4CF7" w:rsidR="001E2F20" w:rsidRPr="00A90BF8" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
-          <w:color w:val="002060"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A90BF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30FDE642" w14:textId="18A5D901" w:rsidR="00CC24FC" w:rsidRPr="009B24CD" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
-      <w:r w:rsidRPr="001E2F20">
+    <w:p w14:paraId="30FDE642" w14:textId="55074249" w:rsidR="00CC24FC" w:rsidRPr="00BE6A79" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
         <w:t xml:space="preserve">This document is intended to be used with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
-[...1 lines deleted...]
-          <w:t>Digital Literacy Competencies for Adult Educators</w:t>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00117C4E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          </w:rPr>
+          <w:t>Digital Literacy Com</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00117C4E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          </w:rPr>
+          <w:t>p</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00117C4E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          </w:rPr>
+          <w:t>etencies for Adult Educators</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001E2F20">
-        <w:t xml:space="preserve">. As you work through the self-assessment, you can use this document to consider the example skills and sample illustrations for each of the competencies and indicators if you need help determining your level. </w:t>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7738" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t>If you need help determining your level as you work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t>the self</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-assessment, consider the example skills and sample illustrations </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5EF3" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in this document. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17773A0F" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="009B24CD" w:rsidRDefault="00E94EF2">
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="17773A0F" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="00BE6A79" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>To complete this form, please do the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53FB213F" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="009B24CD" w:rsidRDefault="00E94EF2" w:rsidP="00BB30D8">
+    <w:p w14:paraId="53FB213F" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="00BE6A79" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Review each competency and performance indicator and r</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ecord</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> your</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> level for each indicator. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643758E2" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="009B24CD" w:rsidRDefault="00E94EF2" w:rsidP="00BB30D8">
+    <w:p w14:paraId="643758E2" w14:textId="2AD8A85A" w:rsidR="00CC24FC" w:rsidRPr="00BE6A79" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">nter </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...3 lines deleted...]
-        <w:t>any job-related activities that you do that could serve as evidence of your level for each performance indicator.</w:t>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>any job-related activities you</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1321" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use with learners </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>that could serve as evidence of your level for each performance indicator.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A59BEA1" w14:textId="3F1BDE73" w:rsidR="00CC24FC" w:rsidRPr="009B24CD" w:rsidRDefault="00E94EF2" w:rsidP="00BB30D8">
+    <w:p w14:paraId="3A59BEA1" w14:textId="3F1BDE73" w:rsidR="00CC24FC" w:rsidRPr="00BE6A79" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Identify </w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>one or two</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> indicators to focus on for improvement</w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">You </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">may choose more, but it </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">may choose more, but it is recommended to identify no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>is recommended</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t>three.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to identify no more than </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF2E8E1" w14:textId="691EA499" w:rsidR="00CC24FC" w:rsidRPr="009B24CD" w:rsidRDefault="00E94EF2" w:rsidP="00BB30D8">
+    <w:p w14:paraId="1FF2E8E1" w14:textId="440932C1" w:rsidR="00CC24FC" w:rsidRPr="00BE6A79" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Consider what resources are available to help you</w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> consider courses and technical assistance through the </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">rofessional </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">evelopment </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ystem, helpful websites, colleagues, </w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>and other resources</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">. You may want to discuss this with your agency </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">. You may want to discuss this with your </w:t>
+      </w:r>
+      <w:r w:rsidR="0062660A" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>agency's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">igital </w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">iteracy </w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">pecialist </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">or IHPDS. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44DCB0AB" w14:textId="2428BCDD" w:rsidR="00CC24FC" w:rsidRPr="009B24CD" w:rsidRDefault="00E94EF2" w:rsidP="00BB30D8">
+    <w:p w14:paraId="44DCB0AB" w14:textId="2428BCDD" w:rsidR="00CC24FC" w:rsidRPr="00BE6A79" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="0"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>If you need assistance with th</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">is self-assessment, please contact your agency’s </w:t>
       </w:r>
-      <w:r w:rsidR="00D42701" w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D42701" w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>digital literacy specialist</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B24CD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BE6A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="363309C7" w14:textId="5F0ADA0D" w:rsidR="0098760C" w:rsidRPr="00BB30D8" w:rsidRDefault="0098760C">
-      <w:pPr>
+    <w:p w14:paraId="363309C7" w14:textId="5F0ADA0D" w:rsidR="0098760C" w:rsidRPr="00BB30D8" w:rsidRDefault="0098760C" w:rsidP="00700A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_heading=h.g85vp5yls09l" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="009B24CD">
+      <w:r w:rsidRPr="00BB30D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61725B0C" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="00A90BF8" w:rsidRDefault="00E94EF2" w:rsidP="009B24CD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A90BF8">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1. Instructor Competency</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B1BCDC6" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="009B24CD" w:rsidRDefault="00E94EF2">
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="16D70B2F" w14:textId="6A6C8DA8" w:rsidR="008331EA" w:rsidRPr="00222B5F" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00222B5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The educator uses digital tools to enhance andragogical practices. Using a student-centered approach, they design learning opportunities, facilitate independent and group work, and assess learner progress. Educators focus on information related to the classroom, with competencies focused on designing technology-enriched learning experiences, facilitating student-centered learning, and assessing student performance.</w:t>
+      </w:r>
+      <w:r w:rsidR="008331EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="13320" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2895"/>
         <w:gridCol w:w="5700"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="3450"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC24FC" w14:paraId="02A5CCB4" w14:textId="77777777" w:rsidTr="00C111B4">
         <w:trPr>
@@ -651,526 +752,596 @@
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00489E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A5E6718" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="009B24CD" w:rsidRDefault="00E94EF2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B24CD">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>Your Evidence (example skills)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="6985C5B8" w14:textId="77777777" w:rsidTr="00C111B4">
+      <w:tr w:rsidR="004F2DC4" w14:paraId="6773C07D" w14:textId="77777777" w:rsidTr="00C111B4">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...21 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="3FF58F55" w14:textId="159A7FEB" w:rsidR="004F2DC4" w:rsidRPr="00222B5F" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00222B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1.1: Designer:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00222B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator designs technology-enriched learning experiences that recognize and accommodate learner variability.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="251388F4" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00222B5F" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00222B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
               <w:t>Level 1:</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00222B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> The educator designs learning activities using digital tools and resources to maximize active, deep learning and accommodates learner differences, seeking assistance as needed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="634CE0C6" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7979AC43" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00222B5F" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00222B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Level 2:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00222B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve"> The educator designs authentic learning activities using digital tools and resources to maximize active, deep learning that also accommodates learner differences, and applies known skills to similar technology, seeking assistance as needed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1757E7B8" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4A889721" w14:textId="4BD28C50" w:rsidR="004F2DC4" w:rsidRPr="00222B5F" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00222B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Level 3:</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00222B5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator evaluates the use of technology and designs/redesigns authentic learning activities, potentially using unfamiliar digital tools and resources, to maximize active, deep learning and accommodate learner differences.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="226144E1" w14:textId="1365ECB2" w:rsidR="00CC24FC" w:rsidRDefault="00EA081D" w:rsidP="001E2F20">
+          </w:tcPr>
+          <w:p w14:paraId="751AB25D" w14:textId="09054628" w:rsidR="004F2DC4" w:rsidRPr="00222B5F" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="942809663"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="004F2DC4" w:rsidRPr="00222B5F">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="089C26B6" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC" w:rsidP="001E2F20"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3990C6" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00222B5F" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="7C1CD40F" w14:textId="77777777" w:rsidTr="00C111B4">
-[...67 lines deleted...]
-      <w:tr w:rsidR="00CC24FC" w14:paraId="65B50312" w14:textId="77777777" w:rsidTr="00C111B4">
+      <w:tr w:rsidR="004F2DC4" w14:paraId="65B50312" w14:textId="77777777" w:rsidTr="00C111B4">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6987ADDD" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6987ADDD" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E2F20">
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1.2: Facilitator:</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> The educator facilitates student-centered learning by providing learners with the required digital tools and knowledge needed to work independently and in groups to solve problems or answer questions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1525EB34" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1525EB34" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001544C5">
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Level 1:</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> The educator uses familiar digital tools and the help of peers to create opportunities for students to work independently or in groups to solve problems or answer questions.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6ABCDD4A" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6ABCDD4A" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Level 2:</w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator integrates new technology learned independently or in a professional setting to expand their students' opportunities to work independently or in groups to solve problems or answer questions. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A8250F3" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Level 3:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve"> The educator evaluates and improves upon their own and peers' practice in enabling students to work independently or in groups to solve problems or answer questions in a technology-rich environment. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="246857CA" w14:textId="7FD564EA" w:rsidR="00CC24FC" w:rsidRDefault="00B57240" w:rsidP="001E2F20">
+          <w:p w14:paraId="246857CA" w14:textId="7FD564EA" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="1257310332"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA081D">
+                <w:r w:rsidR="004F2DC4" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51FCAE3C" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC" w:rsidP="001E2F20"/>
+          <w:p w14:paraId="51FCAE3C" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="2929AAD3" w14:textId="77777777" w:rsidTr="00C111B4">
+      <w:tr w:rsidR="004F2DC4" w14:paraId="2929AAD3" w14:textId="77777777" w:rsidTr="00C111B4">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C43AA1F" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6C43AA1F" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.3: Assessor:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve"> The educator makes use of digital tools to implement formative and summative assessments and uses the results to guide instruction at the individual, group, and class level.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE24644" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
+          <w:p w14:paraId="7AE24644" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Level 1: </w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>The educator uses digital tools to deliver formative and summative assessments and access reports with the goal of adjusting instruction based on student performance.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55AEAB31" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
+          <w:p w14:paraId="55AEAB31" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 2: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve">The educator chooses and modifies existing digital assessments to meet student needs and goals, delivers standardized tests digitally or online, and runs and creates reports as needed. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28EA66D2" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
+          <w:p w14:paraId="28EA66D2" w14:textId="47358264" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t>Level 3:</w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve"> The educator strategically uses a variety of digital formative assessments to meet student needs and goals, creating and adapting reports as needed, and is a program expert on administering one or more standardized tests digitally in person or online. </w:t>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator strategically uses a variety of digital formative assessments to meet student needs and goals, creating and adapting reports as needed and is a program expert on administering one or more standardized tests digitally in person or online. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43774EF8" w14:textId="1BF02500" w:rsidR="00CC24FC" w:rsidRDefault="00B57240">
+          <w:p w14:paraId="43774EF8" w14:textId="1BF02500" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="-1050427046"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA081D">
+                <w:r w:rsidR="004F2DC4" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="531D6146" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC"/>
+          <w:p w14:paraId="531D6146" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E8B25D0" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B366923" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E75DB77" w14:textId="519C393C" w:rsidR="00CC24FC" w:rsidRPr="0098760C" w:rsidRDefault="0098760C" w:rsidP="0098760C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_heading=h.30pwohbg3iw" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642B582C" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
+    <w:p w14:paraId="642B582C" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="00700A20" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_heading=h.6tmg0lj1b6v5" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2. Digital Citizen Competency </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE26FAA" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-      <w:r>
+    <w:p w14:paraId="6DE26FAA" w14:textId="6183548C" w:rsidR="00CC24FC" w:rsidRPr="00700A20" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
         <w:t xml:space="preserve">The educator models good digital citizenship in the classroom by using digital tools inclusively and safeguarding students' personal information. They advocate for students to ensure they have access to the digital tools and materials that will help them meet their goals. Interactions with the students move outside the classroom, focusing on responsible use and sharing of student information, in addition to creating equitable learning experiences and increased student access. </w:t>
+      </w:r>
+      <w:r w:rsidR="008331EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a1"/>
         <w:tblW w:w="13320" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2865"/>
         <w:gridCol w:w="5730"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="3450"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC24FC" w14:paraId="6D4703DC" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
@@ -1257,341 +1428,389 @@
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00489E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FA237E4" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="004217D2" w:rsidRDefault="00E94EF2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004217D2">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>Your Evidence (example skills)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="6E6344F0" w14:textId="77777777" w:rsidTr="00E11030">
+      <w:tr w:rsidR="00D87191" w14:paraId="22356901" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2865" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...3 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="535BD4C8" w14:textId="6CCD894B" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">2.1. Responsible information use and sharing: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t>The educator follows guidelines for safe, ethical, and legal use and sharing of information and models good digital citizenship when planning and sharing lessons and activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5730" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...3 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="55E61717" w14:textId="77777777" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 1: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve">The educator protects student privacy, obeys copyright law, and follows program, grant, and legal guidelines for responsible digital information storage and sharing. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66F61D09" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7710B188" w14:textId="77777777" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 2: </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>The educator makes use of open and/or shareable digital resources and materials when planning lessons and models responsible sharing online.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04FEEA0E" w14:textId="5677A8FD" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 3: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t>The educator shares lessons and teaching ideas digitally with other instructors.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3A097D7B" w14:textId="53BF8210" w:rsidR="00CC24FC" w:rsidRDefault="00EA081D">
+          </w:tcPr>
+          <w:p w14:paraId="4265D60E" w14:textId="31F17CD4" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="1693103884"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="00D87191" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="191FA756" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D1AF0D" w14:textId="77777777" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="7155C349" w14:textId="77777777" w:rsidTr="00E11030">
-[...67 lines deleted...]
-      <w:tr w:rsidR="00CC24FC" w14:paraId="42CC0842" w14:textId="77777777" w:rsidTr="00E11030">
+      <w:tr w:rsidR="00D87191" w14:paraId="42CC0842" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="051A1697" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="051A1697" w14:textId="7D67197F" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.2. Student </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA752B" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ccess:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve"> The educator recognizes and works to mitigate barriers that students may face when attempting to access and use learning materials and uses digital tools to increase students' access to class content.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5730" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54E151E1" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="54E151E1" w14:textId="77777777" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t>Level 1:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve"> The educator uses digital tools to deliver or supplement instruction in compliance with program and grant guidelines and can identify students who struggle to access or use these digital learning materials and refer them to appropriate staff for assistance.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="630F1953" w14:textId="6569E883" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="630F1953" w14:textId="2667FE40" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t>Level 2:</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator uses digital tools and resources to improve the effectiveness of their instruction, including increasing intensity and differentiation, and to maximize students' access to class content and activities.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="554B7744" w14:textId="77777777" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 3: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t>The educator evaluates existing courses and lessons with the goal of using digital tools to increase intensity of instruction, offer more options for differentiation, and increase student access to content and activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B2B5E0B" w14:textId="17902257" w:rsidR="00764D79" w:rsidRPr="00764D79" w:rsidRDefault="00EA081D" w:rsidP="00764D79">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4B2B5E0B" w14:textId="17902257" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="3D3D3D"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="-1525545781"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="00D87191" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59C3ACE1" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC"/>
+          <w:p w14:paraId="59C3ACE1" w14:textId="77777777" w:rsidR="00D87191" w:rsidRPr="00700A20" w:rsidRDefault="00D87191" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2865A19F" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC">
-[...9 lines deleted...]
-    <w:p w14:paraId="5DF61BD7" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
+    <w:p w14:paraId="5DF61BD7" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="00700A20" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_heading=h.utkmz761sj8g" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3. Lifelong Learner Competency </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4596E118" w14:textId="4E935E6B" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
+    <w:p w14:paraId="4596E118" w14:textId="064F7BFE" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
-        <w:t>The educator acknowledges the ever-changing nature of technology and continually improves their teaching practices by participating in digital literacy and/or distance education professional development and evaluating learned practices to improve student outcomes. They also collaborate not only with colleagues that share common program goals, but also with external partners who provide additional insight into digital literacy tools and their applications, and they recognize that educators are learners too, which is acknowledged through a single competency as well as competencies that outline how adult educators can engage in professional development related to digital literacy and distance education.</w:t>
+        <w:t xml:space="preserve">The educator acknowledges the ever-changing nature of technology and continually improves their teaching practices by participating in digital literacy and/or distance education professional development and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA752B">
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r>
+        <w:t>evaluating learned practices to improve student outcomes. They also collaborate not only with colleagues that share common program goals, but also with external partners who provide additional insight into digital literacy tools and their applications, and they recognize that educators are learners too, which is acknowledged through a single competency as well as competencies that outline how adult educators can engage in professional development related to digital literacy and distance education.</w:t>
+      </w:r>
+      <w:r w:rsidR="008331EA">
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a2"/>
         <w:tblW w:w="13320" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2895"/>
         <w:gridCol w:w="5715"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="3450"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC24FC" w14:paraId="7E8472DA" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
@@ -1678,247 +1897,279 @@
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00489E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79850101" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="004217D2" w:rsidRDefault="00E94EF2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004217D2">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>Your Evidence (example skills)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="0D3FF8D7" w14:textId="77777777" w:rsidTr="00E11030">
+      <w:tr w:rsidR="004F2DC4" w14:paraId="2B8D9D3B" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...3 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="7C992B6C" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t>3.1. Lifelong learner:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve"> The educator sets goals to improve digital literacy and distance education skills, participates in professional development to build on them, learns from other educators, applies andragogical approaches made possible by technology, and reflects on their effectiveness.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="112D9674" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5715" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...3 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="3AD20F5B" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 1: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t>The educator identifies areas where their own digital literacy and/or distance education skills need to be strengthened, sets goals accordingly, and seeks professional development to build digital literacy and/or distance education skills as part of a professional development plan with assistance from their supervisor or in-house professional development specialist.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32991816" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="27A3DB98" w14:textId="628B0F37" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t>Level 2:</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator continuously pursues knowledge and skills related to online learning and andragogy via PD and local and global networks that strengthen digital literacy and distance education </w:t>
+            </w:r>
+            <w:r w:rsidR="002F09DD" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>skills and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> implements the learned technologies while teaching and assessing students.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF19365" w14:textId="542C1F46" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t>Level 3:</w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve"> The educator actively researches knowledge and skills related to online learning and andragogy, reflects on the effectiveness of implementing new technologies from PD, makes appropriate changes to their practices, shares their experiences with colleagues, and takes on leadership roles to help other educators find, complete, and integrate technology-related PD into teaching practices. </w:t>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator actively researches knowledge and skills related to online learning and andragogy, reflects on the effectiveness of implementing new technologies from PD, makes appropriate changes to their practices, shares their experiences with colleagues, and takes on leadership roles to help other educators find, complete, and integrate technology-related PD into teaching practices.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7E74060C" w14:textId="0C6F133E" w:rsidR="00CC24FC" w:rsidRDefault="00B57240">
+          </w:tcPr>
+          <w:p w14:paraId="7AB04674" w14:textId="4787C6DB" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="1380125266"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA081D">
+                <w:r w:rsidR="004F2DC4" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...69 lines deleted...]
-          <w:p w14:paraId="5D26E03A" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC"/>
+          </w:tcPr>
+          <w:p w14:paraId="578BDC41" w14:textId="77777777" w:rsidR="004F2DC4" w:rsidRPr="00700A20" w:rsidRDefault="004F2DC4" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32063E99" w14:textId="77777777" w:rsidR="0098760C" w:rsidRDefault="0098760C" w:rsidP="001E2F20">
+    <w:p w14:paraId="67B8436B" w14:textId="77777777" w:rsidR="0098760C" w:rsidRDefault="0098760C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_heading=h.vq3fjs8iurvi" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="6" w:name="_heading=h.ay8lz5p60tme" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35AF6CA7" w14:textId="349C355F" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
+    <w:p w14:paraId="35AF6CA7" w14:textId="349C355F" w:rsidR="00CC24FC" w:rsidRPr="00700A20" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix: Technology Fundamentals Competency </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E816F7" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">The educator uses basic computer, mobile and internet skills to instruct and support students. They also have effective strategies for transferring their skills and knowledge among various devices, applications, and browsers. </w:t>
+    <w:p w14:paraId="25E816F7" w14:textId="32547FCA" w:rsidR="00CC24FC" w:rsidRPr="00700A20" w:rsidRDefault="00E94EF2" w:rsidP="00700A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t>The educator uses basic computer, mobile</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23C7E" w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and internet skills to instruct and support students. They also have effective strategies for transferring their skills and knowledge among various devices, applications, and browsers. </w:t>
+      </w:r>
+      <w:r w:rsidR="008331EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="13320" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2985"/>
         <w:gridCol w:w="5610"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="3450"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC24FC" w14:paraId="5EFA7A47" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
@@ -2005,1705 +2256,1461 @@
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00489E"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D0DA187" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="004217D2" w:rsidRDefault="00E94EF2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004217D2">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>Your Evidence (example skills)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="41856C5F" w14:textId="77777777" w:rsidTr="00E11030">
+      <w:tr w:rsidR="0059440F" w14:paraId="10A5767D" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...12 lines deleted...]
-              <w:t>.</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="66E9C6FA" w14:textId="4E955F8C" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Operating </w:t>
+            </w:r>
+            <w:r w:rsidR="002F09DD" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ystems: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>The educator teaches students to effectively use an operating system and optimize its functionality, and they can transfer knowledge and skills to new devices.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5610" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...3 lines deleted...]
-              <w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="181E729C" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t>Level 1:</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidR="009D18A9">
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator explains how to use an operating system and its parts, describes common security threats, and explains how to adjust privacy settings. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="631F9AC5" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Level 2: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>The educator teaches students to effectively manage an operating system and troubleshoot basic issues. They can apply known skills to a different operating system, seeking assistance when needed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="318353F1" w14:textId="6C6DA491" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Level 3:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator teaches students to optimize </w:t>
+            </w:r>
+            <w:r w:rsidR="003A763A" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve">perating </w:t>
+            </w:r>
+            <w:r w:rsidR="003A763A" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r>
-[...40 lines deleted...]
-              <w:t>(OS) functionality, uses effective strategies for transferring skills and knowledge to new devices, and troubleshoots OS problems.</w:t>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>ystem (OS) functionality, uses effective strategies for transferring skills and knowledge to new devices, and troubleshoots OS problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="42418793" w14:textId="46381929" w:rsidR="00CC24FC" w:rsidRDefault="00B57240">
+          </w:tcPr>
+          <w:p w14:paraId="16380657" w14:textId="26F4FE80" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="1710857205"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA081D">
+                <w:r w:rsidR="0059440F" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66FAE08D" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E57FD83" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="3DDA4213" w14:textId="77777777" w:rsidTr="00E11030">
-[...67 lines deleted...]
-      <w:tr w:rsidR="00CC24FC" w14:paraId="489454A1" w14:textId="77777777" w:rsidTr="00E11030">
+      <w:tr w:rsidR="0059440F" w14:paraId="489454A1" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEFF9E0" w14:textId="5BC6322B" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4FEFF9E0" w14:textId="0B4EFF8C" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">2. Hardware: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve">The educator distinguishes and explains the physical components of various devices, and they effectively teach others to use and optimize hardware (e.g., monitor, touchscreen, printer, keyboard, mouse, ports, </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="000C15E7" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>and other peripherals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t>) and troubleshoot problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4451E2E9" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4451E2E9" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 1: </w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The educator distinguishes between several types of devices, explains how to use them, and demonstrates common controls. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="147AEB00" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 2: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve">The educator effectively uses and teaches others to manage hardware. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A96171F" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4A96171F" w14:textId="1A00F4B6" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 3: </w:t>
             </w:r>
-            <w:r>
-              <w:t>The educator develops strategies for optimizing hardware functionality and for transferring skills and knowledge to new devices and teaches others to troubleshoot problems.</w:t>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>The educator develops strategies for optimizing hardware functionality and transferring skills and knowledge to new devices and teaches others to troubleshoot problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B01DBF8" w14:textId="2A571A19" w:rsidR="00CC24FC" w:rsidRDefault="00B57240">
+          <w:p w14:paraId="7B01DBF8" w14:textId="2A571A19" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="464775332"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA081D">
+                <w:r w:rsidR="0059440F" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1160C5E3" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC"/>
+          <w:p w14:paraId="1160C5E3" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="664ABF8C" w14:textId="77777777" w:rsidTr="00E11030">
+      <w:tr w:rsidR="0059440F" w14:paraId="664ABF8C" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7F830B" w14:textId="5AC313BC" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7D7F830B" w14:textId="5AC313BC" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t>3. Software:</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The educator teaches students to effectively use, navigate, and optimize software and how to troubleshoot problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD3460B" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1FD3460B" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 1: </w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The educator distinguishes between several types of software and demonstrates common functions. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0732D004" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 2: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve">The educator effectively uses and teaches others to manage software. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4362EFE3" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4362EFE3" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 3: </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">, and teaches others to troubleshoot problems. </w:t>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The educator evaluates software to select appropriate programs based on learners' needs, develops strategies for transferring skills and knowledge to new programs, and teaches others to troubleshoot problems. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4599A76A" w14:textId="3C154370" w:rsidR="00CC24FC" w:rsidRDefault="00B57240">
+          <w:p w14:paraId="4599A76A" w14:textId="3C154370" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="1320379712"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA081D">
+                <w:r w:rsidR="0059440F" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32B86014" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC"/>
+          <w:p w14:paraId="32B86014" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC24FC" w14:paraId="6B8D697C" w14:textId="77777777" w:rsidTr="00E11030">
+      <w:tr w:rsidR="0059440F" w14:paraId="6B8D697C" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA3475B" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5CA3475B" w14:textId="2A1790F9" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">4. Mobile-Friendly Instructional Strategies: </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>4. Mobile-</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6BBD" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">riendly </w:t>
+            </w:r>
+            <w:r w:rsidR="002E6BBD" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">nstructional </w:t>
+            </w:r>
+            <w:r w:rsidR="002E6BBD" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">trategies: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t>The educator recognizes situations in which mobile devices are useful, applies mobile devices while accomplishing workplace and instructional goals, and supports learners who are mobile-dependent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF564AB" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7EF564AB" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 1: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve">The educator understands the differences in function and use between mobile devices and other devices, recognizes the importance of mobile-friendly instructional strategies, and utilizes a mobile device’s basic functions, seeking assistance as needed. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2723E291" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2723E291" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 2: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t>The educator independently navigates and utilizes common functions of known mobile devices, electing to use them as the workplace or instructional task dictates, and supports learners in using their own devices to achieve classroom goals.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26B7A4A0" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="26B7A4A0" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 3: </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
               <w:t xml:space="preserve">The educator effectively uses a variety of mobile devices and troubleshoots problems, assisting peers and students with their devices, and uses their knowledge to ensure equitable learning experiences for students who are mobile-dependent. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3360B2" w14:textId="18AA2CD1" w:rsidR="00CC24FC" w:rsidRDefault="00B57240">
+          <w:p w14:paraId="6E3360B2" w14:textId="18AA2CD1" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="1114458450"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA081D">
+                <w:r w:rsidR="0059440F" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44116CF2" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC"/>
+          <w:p w14:paraId="44116CF2" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B677D" w14:paraId="6214F985" w14:textId="77777777" w:rsidTr="00E11030">
+      <w:tr w:rsidR="0059440F" w14:paraId="6214F985" w14:textId="77777777" w:rsidTr="00E11030">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A2A48BE" w14:textId="0AE04A19" w:rsidR="003B677D" w:rsidRDefault="003B677D">
-[...27 lines deleted...]
-              <w:t>Connects to public and private networks to access and navigate the internet. Uses the various features of a web browser and employs preventative strategies against internet security threats.</w:t>
+          <w:p w14:paraId="7A2A48BE" w14:textId="72711FBF" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Internet: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The educator safely connects to and navigates the </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1AC3" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>nternet as they use it to achieve workplace and instructional goals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5610" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BB0458F" w14:textId="77777777" w:rsidR="003B677D" w:rsidRDefault="003B677D">
-[...6 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3BB0458F" w14:textId="5CEAF8D8" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 1: </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B677D">
-[...13 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>The educator identifies secure ways to connect to the internet, uses the common navigational features of the web browser installed on their device, and demonstrates and teaches basic internet safety.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="500F2495" w14:textId="78DBE86E" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 2: </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B677D">
-[...13 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>The educator uses a variety of web browsers and navigates the internet with fluidity, creates and manages login credentials for various sites relevant to their workplace and classroom goals, and assists students in accomplishing the same tasks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="433588CD" w14:textId="7C3021AF" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Level 3: </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B677D">
-[...3 lines deleted...]
-              <w:t>Accesses and navigates the internet using any available browser, adjusts browser settings to increase security and personalization, connects familiar and unfamiliar devices to the internet, and successfully troubleshoots connectivity issues.</w:t>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+              <w:t>The educator critically reflects on their own use of the internet to achieve workplace and classroom goals, confidently assists both students and peers in their use of the internet and demonstrates exceptional understanding of internet safety.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77CDE9F9" w14:textId="58621CCF" w:rsidR="003B677D" w:rsidRDefault="00B57240">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="77CDE9F9" w14:textId="58621CCF" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="00000000" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:color w:val="3D3D3D"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                </w:rPr>
                 <w:alias w:val="Configuration 1"/>
                 <w:id w:val="411830492"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Level 1" w:value="Level 1"/>
                   <w:listItem w:displayText="Level 2" w:value="Level 2"/>
                   <w:listItem w:displayText="Level 3" w:value="Level 3"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA081D">
+                <w:r w:rsidR="0059440F" w:rsidRPr="00700A20">
                   <w:rPr>
+                    <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                     <w:color w:val="3D3D3D"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                   </w:rPr>
                   <w:t>Choose your level</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3195FCEE" w14:textId="77777777" w:rsidR="003B677D" w:rsidRDefault="003B677D"/>
-[...609 lines deleted...]
-          <w:p w14:paraId="33984472" w14:textId="77777777" w:rsidR="003B677D" w:rsidRDefault="003B677D" w:rsidP="003B677D"/>
+          <w:p w14:paraId="3195FCEE" w14:textId="77777777" w:rsidR="0059440F" w:rsidRPr="00700A20" w:rsidRDefault="0059440F" w:rsidP="00700A20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B14B7A1" w14:textId="58CC088A" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
+    <w:p w14:paraId="052D4BAD" w14:textId="77777777" w:rsidR="007B4B36" w:rsidRDefault="007B4B36" w:rsidP="001E2F20">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_heading=h.rnq7q714zp3u" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="29CA8516" w14:textId="77777777" w:rsidR="007B4B36" w:rsidRDefault="007B4B36">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B14B7A1" w14:textId="35BCDF2D" w:rsidR="00CC24FC" w:rsidRPr="00700A20" w:rsidRDefault="00E94EF2" w:rsidP="001E2F20">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Self-Assessment Reflection </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54D55F73" w14:textId="5A54061D" w:rsidR="00CC24FC" w:rsidRDefault="00287598">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="54D55F73" w14:textId="6EB72AEB" w:rsidR="00CC24FC" w:rsidRPr="00700A20" w:rsidRDefault="00287598" w:rsidP="00700A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions: </w:t>
       </w:r>
-      <w:r w:rsidR="00E94EF2">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E94EF2" w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">Consider </w:t>
       </w:r>
-      <w:r w:rsidR="005B2FB3">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005B2FB3" w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="00E94EF2">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E94EF2" w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your results from </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E94EF2" w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t>the self-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E94EF2" w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:t>assessment when answering the following questions</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54A10" w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008331EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12590"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287598" w14:paraId="12FF94B9" w14:textId="77777777" w:rsidTr="00287598">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="64C5CABD" w14:textId="0FDB3B34" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00287598">
+          <w:p w14:paraId="64C5CABD" w14:textId="0FDB3B34" w:rsidR="00287598" w:rsidRPr="00700A20" w:rsidRDefault="00287598" w:rsidP="00287598">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Based on the results of this self-assessment, what are one or two performance indicators where you have stronger skills?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00287598" w14:paraId="4FFDBE6F" w14:textId="77777777" w:rsidTr="00287598">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="286D115C" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="004217D2"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="48C3F12F" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="004217D2"/>
+          <w:p w14:paraId="286D115C" w14:textId="77777777" w:rsidR="00287598" w:rsidRPr="008331EA" w:rsidRDefault="00287598" w:rsidP="004217D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59EBFA19" w14:textId="77777777" w:rsidR="00287598" w:rsidRPr="008331EA" w:rsidRDefault="00287598" w:rsidP="004217D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48C3F12F" w14:textId="77777777" w:rsidR="00287598" w:rsidRPr="008331EA" w:rsidRDefault="00287598" w:rsidP="004217D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="6232C007" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="004217D2"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E67E7C0" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00CC24FC" w:rsidP="00287598">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12590"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287598" w14:paraId="465E7E51" w14:textId="77777777" w:rsidTr="00F40070">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3903158C" w14:textId="7A63289B" w:rsidR="00287598" w:rsidRPr="00287598" w:rsidRDefault="00287598" w:rsidP="00287598">
+          <w:p w14:paraId="3903158C" w14:textId="7A63289B" w:rsidR="00287598" w:rsidRPr="00700A20" w:rsidRDefault="00287598" w:rsidP="00287598">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098760C">
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>How do these strengths help you in your practice?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00287598" w14:paraId="5EFF487D" w14:textId="77777777" w:rsidTr="00F40070">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3220B6D4" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7F434CF6" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
+          <w:p w14:paraId="71AD3AF0" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DBAECD8" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="271CE46D" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="59D86DF5" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BFA3655" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00287598">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12590"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287598" w14:paraId="56738CF6" w14:textId="77777777" w:rsidTr="00F40070">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6BCDEFC0" w14:textId="0C4950DD" w:rsidR="00287598" w:rsidRPr="00287598" w:rsidRDefault="00287598" w:rsidP="00287598">
+          <w:p w14:paraId="6BCDEFC0" w14:textId="097C6FA4" w:rsidR="00287598" w:rsidRPr="00700A20" w:rsidRDefault="00287598" w:rsidP="00287598">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098760C">
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>What are the one or two indicators identified on the self-assessment that will you prioritize for improvement/professional development?</w:t>
+              <w:t xml:space="preserve">What are the one or two indicators identified on the self-assessment that </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC23A4" w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>you will</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prioritize for improvement/professional development?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00287598" w14:paraId="4B956244" w14:textId="77777777" w:rsidTr="00F40070">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29F3AF15" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3076D994" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
+          <w:p w14:paraId="24396544" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48EEA4EA" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06397C3A" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="7B42C53B" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6CB80CBF" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00287598">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12590"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287598" w14:paraId="73796ECF" w14:textId="77777777" w:rsidTr="00F40070">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3066D155" w14:textId="67CAC44B" w:rsidR="00287598" w:rsidRPr="00287598" w:rsidRDefault="00287598" w:rsidP="00287598">
+          <w:p w14:paraId="3066D155" w14:textId="67CAC44B" w:rsidR="00287598" w:rsidRPr="00700A20" w:rsidRDefault="00287598" w:rsidP="00287598">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098760C">
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>How could improving your digital literacy in these areas improve your practice?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00287598" w14:paraId="1F51D17E" w14:textId="77777777" w:rsidTr="00F40070">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="660668EC" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5CD19374" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
+          <w:p w14:paraId="0874381B" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D990F7D" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23F42AA5" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="5C7F6BA7" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1FA5A2E4" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00287598">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12590"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287598" w14:paraId="2E28DE64" w14:textId="77777777" w:rsidTr="00F40070">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5814B9CD" w14:textId="0A9D3831" w:rsidR="00287598" w:rsidRPr="00287598" w:rsidRDefault="00287598" w:rsidP="00287598">
+          <w:p w14:paraId="5814B9CD" w14:textId="0A9D3831" w:rsidR="00287598" w:rsidRPr="00700A20" w:rsidRDefault="00287598" w:rsidP="00287598">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0098760C">
-              <w:rPr>
+            <w:r w:rsidRPr="00700A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>What courses, websites, people, or other resources could help you improve in these areas? The resources listed below may be helpful for finding suitable PD opportunities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00287598" w14:paraId="3492FED6" w14:textId="77777777" w:rsidTr="00F40070">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20668103" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
-          <w:p w14:paraId="17701EB1" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
+          <w:p w14:paraId="06C526AC" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="546953CC" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67C0A59A" w14:textId="77777777" w:rsidR="008331EA" w:rsidRPr="008331EA" w:rsidRDefault="008331EA" w:rsidP="008331EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="5D2A2324" w14:textId="77777777" w:rsidR="00287598" w:rsidRDefault="00287598" w:rsidP="00F40070"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="626303D9" w14:textId="02FF1BF6" w:rsidR="00CC24FC" w:rsidRDefault="00287598" w:rsidP="001E2F20">
+    <w:p w14:paraId="3B970A43" w14:textId="649E05BF" w:rsidR="008331EA" w:rsidRDefault="008331EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="626303D9" w14:textId="7C49F05D" w:rsidR="00CC24FC" w:rsidRPr="00700A20" w:rsidRDefault="00287598" w:rsidP="001E2F20">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="00E94EF2">
+      <w:r w:rsidR="00E94EF2" w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>esources:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B978243" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00B57240" w:rsidP="00F764DF">
+    <w:p w14:paraId="0B978243" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00E94EF2" w:rsidP="00F764DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidR="00E94EF2" w:rsidRPr="00F764DF">
+        <w:r w:rsidRPr="00700A20">
           <w:rPr>
+            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Digital Literacy page</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E94EF2">
+      <w:r w:rsidRPr="00700A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
         <w:t xml:space="preserve"> of the PAAER website</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6D036E" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRDefault="00B57240" w:rsidP="00F764DF">
+    <w:p w14:paraId="591B11D0" w14:textId="7A99AA0E" w:rsidR="00700A20" w:rsidRPr="00700A20" w:rsidRDefault="00700A20" w:rsidP="00F764DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E94EF2" w:rsidRPr="00F764DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00DA2EB5">
           <w:rPr>
-            <w:color w:val="1155CC"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           </w:rPr>
           <w:t>Professional Learning Opportunities Course Schedule</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="47296A8D" w14:textId="2A74BFAA" w:rsidR="00CC24FC" w:rsidRDefault="001D06C7">
+    <w:p w14:paraId="47296A8D" w14:textId="7D7113FF" w:rsidR="00CC24FC" w:rsidRDefault="001D06C7">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BE9A211" wp14:editId="335E8DC3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BE9A211" wp14:editId="5FC2D451">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-66675</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>227330</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="8305800" cy="485775"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="548235220" name="Rectangle 4">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -3721,375 +3728,397 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="15000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4479AD40" id="Rectangle 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:-5.25pt;margin-top:17.9pt;width:654pt;height:38.25pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChEGVlfAIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3ayZE2DOkXQosOA&#10;bi3WDj0rshQLkERNUuJkXz9Kdpys63YYdpEpkXwkn0leXu2MJlvhgwJb0dFZSYmwHGpl1xX99nT7&#10;bkZJiMzWTIMVFd2LQK8Wb99ctm4uxtCAroUnCGLDvHUVbWJ086IIvBGGhTNwwqJSgjcs4tWvi9qz&#10;FtGNLsZl+aFowdfOAxch4OtNp6SLjC+l4PFeyiAi0RXF3GI+fT5X6SwWl2y+9sw1ivdpsH/IwjBl&#10;MegAdcMiIxuvfoMyinsIIOMZB1OAlIqLXANWMypfVPPYMCdyLUhOcANN4f/B8i/bR/fgkYbWhXlA&#10;MVWxk96kL+ZHdpms/UCW2EXC8XH2vpzOSuSUo24ym56fTxObxdHb+RA/CjAkCRX1+DMyR2x7F2Jn&#10;ejBJwQJoVd8qrfMlNYC41p5sGf661XqUXfXGfIa6e7uYlhi+w8n9ksxzAidIxbGsLMW9Fglf269C&#10;ElVjIeOMPCB04IxzYWMXNDSsFt3z6I8xM2BClljBgN0D/FrMAbtLvbdPriI37OBc/i2xznnwyJHB&#10;xsHZKAv+NQCNVfWRO3uk7ISaJK6g3j944qEbl+D4rcJfeMdCfGAe5wP/Os58vMdDamgrCr1ESQP+&#10;x2vvyR7bFrWUtDhvFQ3fN8wLSvQniw19MZpM0oDmy2R6PsaLP9WsTjV2Y64B+2KE28XxLCb7qA+i&#10;9GCecTUsU1RUMcsxdkV59IfLdez2AC4XLpbLbIZD6Vi8s4+OJ/DEamrRp90z867v44gT8AUOs8nm&#10;L9q5s02eFpabCFLlXj/y2vONA52btV8+aWOc3rPVcUUufgIAAP//AwBQSwMEFAAGAAgAAAAhAP/t&#10;HKjiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7SUqrjdmUItSDlICt&#10;IN422TEJZmdDdtOm/97pqd5m5j3efC/bTLYTJxx860hBPI9AIFXOtFQr+DzuZs8gfNBkdOcIFVzQ&#10;wya/v8t0atyZPvB0CLXgEPKpVtCE0KdS+qpBq/3c9Uis/bjB6sDrUEsz6DOH204mUbSSVrfEHxrd&#10;42uD1e9htAqOb+uwHS9f76ui3IV9/11QMhRKPT5M2xcQAadwM8MVn9EhZ6bSjWS86BTM4mjJVgWL&#10;JVe4GpL1E19KnuJkATLP5P8O+R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoRBlZXwC&#10;AABqBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/+0c&#10;qOIAAAALAQAADwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#f2f2f2 [3052]" strokecolor="#091723 [484]" strokeweight="1pt"/>
+              <v:rect w14:anchorId="460F59A5" id="Rectangle 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:-5.25pt;margin-top:17.9pt;width:654pt;height:38.25pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChEGVlfAIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3ayZE2DOkXQosOA&#10;bi3WDj0rshQLkERNUuJkXz9Kdpys63YYdpEpkXwkn0leXu2MJlvhgwJb0dFZSYmwHGpl1xX99nT7&#10;bkZJiMzWTIMVFd2LQK8Wb99ctm4uxtCAroUnCGLDvHUVbWJ086IIvBGGhTNwwqJSgjcs4tWvi9qz&#10;FtGNLsZl+aFowdfOAxch4OtNp6SLjC+l4PFeyiAi0RXF3GI+fT5X6SwWl2y+9sw1ivdpsH/IwjBl&#10;MegAdcMiIxuvfoMyinsIIOMZB1OAlIqLXANWMypfVPPYMCdyLUhOcANN4f/B8i/bR/fgkYbWhXlA&#10;MVWxk96kL+ZHdpms/UCW2EXC8XH2vpzOSuSUo24ym56fTxObxdHb+RA/CjAkCRX1+DMyR2x7F2Jn&#10;ejBJwQJoVd8qrfMlNYC41p5sGf661XqUXfXGfIa6e7uYlhi+w8n9ksxzAidIxbGsLMW9Fglf269C&#10;ElVjIeOMPCB04IxzYWMXNDSsFt3z6I8xM2BClljBgN0D/FrMAbtLvbdPriI37OBc/i2xznnwyJHB&#10;xsHZKAv+NQCNVfWRO3uk7ISaJK6g3j944qEbl+D4rcJfeMdCfGAe5wP/Os58vMdDamgrCr1ESQP+&#10;x2vvyR7bFrWUtDhvFQ3fN8wLSvQniw19MZpM0oDmy2R6PsaLP9WsTjV2Y64B+2KE28XxLCb7qA+i&#10;9GCecTUsU1RUMcsxdkV59IfLdez2AC4XLpbLbIZD6Vi8s4+OJ/DEamrRp90z867v44gT8AUOs8nm&#10;L9q5s02eFpabCFLlXj/y2vONA52btV8+aWOc3rPVcUUufgIAAP//AwBQSwMEFAAGAAgAAAAhAP/t&#10;HKjiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwVu7SUqrjdmUItSDlICt&#10;IN422TEJZmdDdtOm/97pqd5m5j3efC/bTLYTJxx860hBPI9AIFXOtFQr+DzuZs8gfNBkdOcIFVzQ&#10;wya/v8t0atyZPvB0CLXgEPKpVtCE0KdS+qpBq/3c9Uis/bjB6sDrUEsz6DOH204mUbSSVrfEHxrd&#10;42uD1e9htAqOb+uwHS9f76ui3IV9/11QMhRKPT5M2xcQAadwM8MVn9EhZ6bSjWS86BTM4mjJVgWL&#10;JVe4GpL1E19KnuJkATLP5P8O+R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoRBlZXwC&#10;AABqBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/+0c&#10;qOIAAAALAQAADwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#f2f2f2 [3052]" strokecolor="#091723 [484]" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE98A07" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="00AD1107" w:rsidRDefault="00E94EF2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1AE98A07" w14:textId="77777777" w:rsidR="00CC24FC" w:rsidRPr="00DA2EB5" w:rsidRDefault="00E94EF2" w:rsidP="00DA2EB5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD1107">
-        <w:rPr>
+      <w:r w:rsidRPr="00DA2EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:iCs/>
         </w:rPr>
         <w:t>If you need additional assistance with this self-assessment, please contact Bethany Lezanic with the Digital Literacy and Distance Education TA Project at</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AD1107">
-        <w:rPr>
+      <w:r w:rsidRPr="00DA2EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:b/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidRPr="00AD1107">
+        <w:r w:rsidRPr="00DA2EB5">
           <w:rPr>
-            <w:b/>
+            <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
             <w:iCs/>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>blezanic@tiu11.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AD1107">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00DA2EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CC24FC" w:rsidRPr="00AD1107" w:rsidSect="0044306D">
+    <w:sectPr w:rsidR="00CC24FC" w:rsidRPr="00DA2EB5" w:rsidSect="008331EA">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06FA1B20" w14:textId="77777777" w:rsidR="00A41C06" w:rsidRDefault="00A41C06" w:rsidP="00AA6A32">
+    <w:p w14:paraId="118D66E7" w14:textId="77777777" w:rsidR="00240CD7" w:rsidRDefault="00240CD7" w:rsidP="00AA6A32">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EF008FA" w14:textId="77777777" w:rsidR="00A41C06" w:rsidRDefault="00A41C06" w:rsidP="00AA6A32">
+    <w:p w14:paraId="4951C418" w14:textId="77777777" w:rsidR="00240CD7" w:rsidRDefault="00240CD7" w:rsidP="00AA6A32">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{EA6A53F2-975D-401A-94A3-A56DCFC6F40B}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId3" w:fontKey="{B131DF70-8172-4351-A286-699E269CA93F}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{24CCCE7E-125F-4B14-8796-9FC42A18B82B}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{459FBE28-4406-4A3C-8240-3BD1B9BEB23B}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{2B1E281C-3D4B-400C-BB85-8BAB93C447A4}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{BB18B338-E611-4E45-BD4E-C5308B8A8E71}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{1F68802D-7166-4A9B-897A-FA279A352382}"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedBold r:id="rId5" w:fontKey="{81FC2830-8B72-47F0-8A7B-D1DC71233DB1}"/>
+    <w:embedBold r:id="rId5" w:fontKey="{6A58F936-6CC3-47AA-B9E1-3ABA97306CE3}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{37E300DA-0C1A-4F8A-A482-C048D251DA71}"/>
-    <w:embedItalic r:id="rId7" w:fontKey="{5B55B62E-B158-4BB9-9FC3-89558E8F01FD}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{94D3B0B2-74B9-49E7-9671-B74ABEF4F886}"/>
+    <w:embedItalic r:id="rId7" w:fontKey="{F1B84118-7EB6-4254-B39C-DF699EC49207}"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
-    <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="600002F7" w:usb1="02000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId8" w:fontKey="{4325BA2B-ECEE-4B61-845A-7EBCFB4DD73A}"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{6517A9D3-E825-4C22-9034-6598BB3C5217}"/>
+    <w:embedBold r:id="rId9" w:fontKey="{6F2AABCB-DC60-4923-9EB6-09F0DA36F5AC}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId9" w:fontKey="{ECDCE5F0-AFD2-4CE7-8550-3236C1A78480}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{21B12FFB-240A-4498-8B89-FEB4349E5571}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="279C802B" w14:textId="180FDE52" w:rsidR="001E2F20" w:rsidRPr="004217D2" w:rsidRDefault="001E2F20">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="279C802B" w14:textId="68FBE2E8" w:rsidR="001E2F20" w:rsidRPr="00B138B2" w:rsidRDefault="001E2F20">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="004217D2">
+    <w:r w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Digital Literacy Competencies for Educators</w:t>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Self-Assessment</w:t>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:br/>
       <w:t xml:space="preserve">Last revised: </w:t>
     </w:r>
-    <w:r w:rsidR="006E51A7">
+    <w:r w:rsidR="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>September 6, 2024</w:t>
+      <w:t>11/25/25</w:t>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
         <w:noProof/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="004217D2" w:rsidRPr="004217D2">
+    <w:r w:rsidR="004217D2" w:rsidRPr="00B138B2">
       <w:rPr>
+        <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
         <w:noProof/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BD41657" w14:textId="77777777" w:rsidR="00A41C06" w:rsidRDefault="00A41C06" w:rsidP="00AA6A32">
+    <w:p w14:paraId="43467F39" w14:textId="77777777" w:rsidR="00240CD7" w:rsidRDefault="00240CD7" w:rsidP="00AA6A32">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65398A38" w14:textId="77777777" w:rsidR="00A41C06" w:rsidRDefault="00A41C06" w:rsidP="00AA6A32">
+    <w:p w14:paraId="3CE4A2A7" w14:textId="77777777" w:rsidR="00240CD7" w:rsidRDefault="00240CD7" w:rsidP="00AA6A32">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04362B7A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="21B809E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4699,167 +4728,226 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1755593049">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1993869931">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1946500006">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2137601395">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2061975542">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1274437664">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC24FC"/>
+    <w:rsid w:val="000C15E7"/>
     <w:rsid w:val="000D68B3"/>
+    <w:rsid w:val="00117C4E"/>
+    <w:rsid w:val="00145FC5"/>
     <w:rsid w:val="001544C5"/>
     <w:rsid w:val="0016244A"/>
+    <w:rsid w:val="001943C0"/>
     <w:rsid w:val="001D06C7"/>
+    <w:rsid w:val="001D24B3"/>
+    <w:rsid w:val="001D7738"/>
+    <w:rsid w:val="001E1AC3"/>
     <w:rsid w:val="001E2F20"/>
+    <w:rsid w:val="00222B5F"/>
+    <w:rsid w:val="00234FAB"/>
+    <w:rsid w:val="00240CD7"/>
     <w:rsid w:val="00287598"/>
+    <w:rsid w:val="002E6BBD"/>
+    <w:rsid w:val="002F09DD"/>
     <w:rsid w:val="002F27B2"/>
+    <w:rsid w:val="00395197"/>
+    <w:rsid w:val="003A763A"/>
     <w:rsid w:val="003B677D"/>
     <w:rsid w:val="003F6E80"/>
     <w:rsid w:val="004217D2"/>
     <w:rsid w:val="0044306D"/>
+    <w:rsid w:val="00456AE1"/>
+    <w:rsid w:val="00467AFA"/>
+    <w:rsid w:val="00487ADF"/>
+    <w:rsid w:val="004D5EF3"/>
+    <w:rsid w:val="004E32BA"/>
+    <w:rsid w:val="004F2DC4"/>
+    <w:rsid w:val="004F4E51"/>
+    <w:rsid w:val="005027D7"/>
+    <w:rsid w:val="00523E7A"/>
     <w:rsid w:val="00574889"/>
     <w:rsid w:val="00582F07"/>
+    <w:rsid w:val="0059440F"/>
     <w:rsid w:val="005B2FB3"/>
+    <w:rsid w:val="005D127F"/>
+    <w:rsid w:val="0062660A"/>
     <w:rsid w:val="00687FA8"/>
     <w:rsid w:val="006E51A7"/>
+    <w:rsid w:val="006E5667"/>
+    <w:rsid w:val="00700A20"/>
+    <w:rsid w:val="00726052"/>
     <w:rsid w:val="007324B7"/>
     <w:rsid w:val="00737430"/>
     <w:rsid w:val="00764D79"/>
     <w:rsid w:val="00781AF8"/>
+    <w:rsid w:val="007B4B36"/>
     <w:rsid w:val="007C1F2B"/>
     <w:rsid w:val="007F63DD"/>
+    <w:rsid w:val="0082413D"/>
+    <w:rsid w:val="00825F4D"/>
+    <w:rsid w:val="008331EA"/>
+    <w:rsid w:val="0084212E"/>
+    <w:rsid w:val="0085070D"/>
+    <w:rsid w:val="00860CE3"/>
     <w:rsid w:val="00871CC6"/>
+    <w:rsid w:val="00885664"/>
     <w:rsid w:val="008B327E"/>
+    <w:rsid w:val="008D632D"/>
     <w:rsid w:val="009043C9"/>
     <w:rsid w:val="00924D1E"/>
     <w:rsid w:val="0098760C"/>
     <w:rsid w:val="009B24CD"/>
+    <w:rsid w:val="009B5232"/>
     <w:rsid w:val="009D18A9"/>
+    <w:rsid w:val="009E7009"/>
     <w:rsid w:val="00A063F3"/>
+    <w:rsid w:val="00A23C7E"/>
     <w:rsid w:val="00A377DC"/>
     <w:rsid w:val="00A41C06"/>
     <w:rsid w:val="00A731C7"/>
     <w:rsid w:val="00A85F21"/>
+    <w:rsid w:val="00A90BF8"/>
     <w:rsid w:val="00AA37CD"/>
     <w:rsid w:val="00AA6A32"/>
+    <w:rsid w:val="00AC23A4"/>
     <w:rsid w:val="00AD1107"/>
+    <w:rsid w:val="00AD1321"/>
+    <w:rsid w:val="00AE6267"/>
+    <w:rsid w:val="00B138B2"/>
+    <w:rsid w:val="00B97AE2"/>
+    <w:rsid w:val="00BA1773"/>
     <w:rsid w:val="00BB30D8"/>
     <w:rsid w:val="00BD13EE"/>
     <w:rsid w:val="00BD780E"/>
     <w:rsid w:val="00BE01A4"/>
     <w:rsid w:val="00BE47E1"/>
+    <w:rsid w:val="00BE6A79"/>
     <w:rsid w:val="00C111B4"/>
+    <w:rsid w:val="00C35F0B"/>
+    <w:rsid w:val="00C431E8"/>
     <w:rsid w:val="00C531B1"/>
+    <w:rsid w:val="00CA752B"/>
     <w:rsid w:val="00CC24FC"/>
+    <w:rsid w:val="00CF3109"/>
     <w:rsid w:val="00D31559"/>
+    <w:rsid w:val="00D378ED"/>
     <w:rsid w:val="00D42701"/>
     <w:rsid w:val="00D61D04"/>
     <w:rsid w:val="00D742A4"/>
+    <w:rsid w:val="00D87191"/>
+    <w:rsid w:val="00DA2EB5"/>
+    <w:rsid w:val="00DE6EFE"/>
     <w:rsid w:val="00DF39A7"/>
     <w:rsid w:val="00E11030"/>
     <w:rsid w:val="00E2608B"/>
     <w:rsid w:val="00E72E12"/>
     <w:rsid w:val="00E94EF2"/>
     <w:rsid w:val="00EA081D"/>
     <w:rsid w:val="00EA4434"/>
+    <w:rsid w:val="00EB007F"/>
     <w:rsid w:val="00EB47CD"/>
     <w:rsid w:val="00F54A10"/>
     <w:rsid w:val="00F764DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="55335FFE"/>
   <w15:docId w15:val="{8EE5DE53-9927-4DA3-9C72-D0459840A7B9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5541,63 +5629,98 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA6A32"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00764D79"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00726052"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00726052"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00700A20"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blezanic@tiu11.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paadultedresources.org/course-schedule/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paadultedresources.org/digital-literacy/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.pa.gov/Documents/Postsecondary-Adult/Adult%20Basic%20and%20Family%20Literacy%20Education/AdminDocs/Digital%20Literacy%20Teacher%20Competencies.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blezanic@tiu11.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paadultedresources.org/pi-pd/on-demand-pd/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paadultedresources.org/digital-literacy/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pa.gov/content/dam/copapwp-pagov/en/education/documents/instruction/adult-basic-and-family-literacy-education/admindocs/digital%20literacy%20teacher%20competencies.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5856,51 +5979,74 @@
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjgeN1e6Uc45gBrvr4ZP3e9aOwXtg==">CgMxLjAyCGguZ2pkZ3hzMg5oLmc4NXZwNXlsczA5bDINaC4zMHB3b2hiZzNpdzIOaC42dG1nMGxqMWI2djUyDmgudXRrbXo3NjFzajhnMg5oLnZxM2ZqczhpdXJ2aTIOaC5heThsejVwNjB0bWUyDmgucm5xN3E3MTR6cDN1Mg5oLmgyaXR3eDhtNmNxZTgAciExazloNWxBM1l4SUx4dkZ0ajJFVUI3Q25tYjlyVy01dVg=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD34ED46-D036-4626-B6FE-993E201FF6D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>14068</Characters>
+  <Pages>9</Pages>
+  <Words>2013</Words>
+  <Characters>12244</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>117</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>382</Lines>
+  <Paragraphs>118</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16503</CharactersWithSpaces>
+  <CharactersWithSpaces>14139</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Chuck Klinger</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>e23970d4-9e45-4300-b791-cc29d22a0e66</vt:lpwstr>
+  </property>
+</Properties>
+</file>